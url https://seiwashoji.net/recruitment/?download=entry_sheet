--- v0 (2026-01-01)
+++ v1 (2026-02-15)
@@ -28,204 +28,204 @@
       <w:tblPr>
         <w:tblW w:w="9999" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="327"/>
         <w:gridCol w:w="1977"/>
         <w:gridCol w:w="732"/>
         <w:gridCol w:w="2335"/>
         <w:gridCol w:w="1619"/>
         <w:gridCol w:w="2159"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C51E09" w:rsidTr="004619F5">
+      <w:tr w:rsidR="00C51E09" w14:paraId="49B25F06" w14:textId="77777777" w:rsidTr="004619F5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2159" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7840" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="009350AE" w:rsidRDefault="004F3924" w:rsidP="009350AE">
+          <w:p w14:paraId="3FE4DB00" w14:textId="6AF7A985" w:rsidR="00C51E09" w:rsidRPr="009350AE" w:rsidRDefault="009D7DF8" w:rsidP="009350AE">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009350AE">
               <w:rPr>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7786737B" wp14:editId="34D50398">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>5143500</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>114300</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="1080135" cy="1440180"/>
                       <wp:effectExtent l="7620" t="12065" r="7620" b="5080"/>
                       <wp:wrapNone/>
-                      <wp:docPr id="1938905778" name="Text Box 2"/>
+                      <wp:docPr id="2133242472" name="Text Box 2"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvSpPr txBox="1">
                               <a:spLocks noChangeArrowheads="1"/>
                             </wps:cNvSpPr>
                             <wps:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="1080135" cy="1440180"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                               <a:ln w="6350">
                                 <a:solidFill>
                                   <a:srgbClr val="000000"/>
                                 </a:solidFill>
                                 <a:miter lim="800000"/>
                                 <a:headEnd/>
                                 <a:tailEnd/>
                               </a:ln>
                             </wps:spPr>
                             <wps:txbx>
                               <w:txbxContent>
-                                <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                                <w:p w14:paraId="540DC4CD" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                                   <w:pPr>
                                     <w:pStyle w:val="a3"/>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                                <w:p w14:paraId="2F43D9A5" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                                   <w:pPr>
                                     <w:pStyle w:val="a3"/>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                                <w:p w14:paraId="59015B5E" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                                   <w:pPr>
                                     <w:pStyle w:val="a3"/>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>写真</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00B83E4A">
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>(</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00B83E4A">
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>自由添付</w:t>
                                   </w:r>
                                   <w:r w:rsidR="00B83E4A">
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>)</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                                <w:p w14:paraId="241B097B" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                                   <w:pPr>
                                     <w:pStyle w:val="a3"/>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
-                                <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                                <w:p w14:paraId="3C476F7A" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                                   <w:pPr>
                                     <w:pStyle w:val="a3"/>
                                     <w:ind w:firstLineChars="100" w:firstLine="132"/>
                                     <w:jc w:val="both"/>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">1. </w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>縦</w:t>
@@ -233,276 +233,276 @@
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> 36</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>～</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>40 mm</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                                <w:p w14:paraId="1B8C7337" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                                   <w:pPr>
                                     <w:pStyle w:val="a3"/>
                                     <w:jc w:val="both"/>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">　　横</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve"> 24</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>～</w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>30 mm</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                                <w:p w14:paraId="762CBAED" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                                   <w:pPr>
                                     <w:pStyle w:val="a3"/>
                                     <w:ind w:firstLineChars="100" w:firstLine="132"/>
                                     <w:jc w:val="both"/>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">2. </w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>本人単身胸から上</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                                <w:p w14:paraId="2D0C0DE9" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                                   <w:pPr>
                                     <w:pStyle w:val="a3"/>
                                     <w:ind w:firstLineChars="100" w:firstLine="132"/>
                                     <w:jc w:val="both"/>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">3. </w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>裏面にのりづけ</w:t>
                                   </w:r>
                                 </w:p>
-                                <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                                <w:p w14:paraId="427E6834" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                                   <w:pPr>
                                     <w:pStyle w:val="a3"/>
                                     <w:ind w:firstLineChars="100" w:firstLine="132"/>
                                     <w:jc w:val="both"/>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t xml:space="preserve">4. </w:t>
                                   </w:r>
                                   <w:r>
                                     <w:rPr>
                                       <w:rFonts w:hint="eastAsia"/>
                                       <w:snapToGrid w:val="0"/>
                                       <w:spacing w:val="-14"/>
                                     </w:rPr>
                                     <w:t>裏面に氏名記入</w:t>
                                   </w:r>
                                 </w:p>
                               </w:txbxContent>
                             </wps:txbx>
                             <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="18000" tIns="10800" rIns="18000" bIns="10800" anchor="t" anchorCtr="0" upright="1">
                               <a:noAutofit/>
                             </wps:bodyPr>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:shapetype w14:anchorId="7786737B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                       <v:stroke joinstyle="miter"/>
                       <v:path gradientshapeok="t" o:connecttype="rect"/>
                     </v:shapetype>
-                    <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:405pt;margin-top:9pt;width:85.05pt;height:113.4pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApAD3zEgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjuDYERp+jSZRjQ&#10;XYBuHyDLsi1MFjVKiZ19/Sg5TYNuexnmB0E0qUPy8HB1Ow2G7RV6DbbixSLnTFkJjbZdxb993b5Z&#10;cuaDsI0wYFXFD8rz2/XrV6vRleoCejCNQkYg1pejq3gfgiuzzMteDcIvwClLzhZwEIFM7LIGxUjo&#10;g8ku8vwmGwEbhyCV9/T3fnbydcJvWyXD57b1KjBTcaotpBPTWcczW69E2aFwvZbHMsQ/VDEIbSnp&#10;CepeBMF2qH+DGrRE8NCGhYQhg7bVUqUeqJsif9HNYy+cSr0QOd6daPL/D1Z+2j+6L8jC9BYmGmBq&#10;wrsHkN89s7Dphe3UHSKMvRINJS4iZdnofHl8Gqn2pY8g9fgRGhqy2AVIQFOLQ2SF+mSETgM4nEhX&#10;U2AypsyXeXF5zZkkX3F1lRfLNJZMlE/PHfrwXsHA4qXiSFNN8GL/4EMsR5RPITGbB6ObrTYmGdjV&#10;G4NsL0gB2/SlDl6EGcvGit9cXuczA3+FyNP3J4hBB5Ky0UPFl6cgUUbe3tkmCS0IbeY7lWzskcjI&#10;3cximOqJAiOhNTQHohRhliytGF16wJ+cjSTXivsfO4GKM/PBxrHElKTv2SBKycBzT33uEVYSVMUD&#10;Z/N1E+ad2DnUXU+ZZiFYuKNRtjqR/FzVsW6SZOL+uD5R8+d2inpe8vUvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEApk+E8uAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidqgKT&#10;xqkQEpU4IETLpTcnduOAvY5iNw18PcsJTqvRjGbfVJs5eDbZMfURFRQLAcxiG02PnYL3/dONBJay&#10;RqN9RKvgyybY1JcXlS5NPOObnXa5Y1SCqdQKXM5DyXlqnQ06LeJgkbxjHIPOJMeOm1GfqTx4vhTi&#10;lgfdI31werCPzrafu1NQcNdsn7/d9JI+0rB99WI+7F04KHV9NT+sgWU7578w/OITOtTE1MQTmsS8&#10;AlkI2pLJkHQpcC9FAaxRsFytJPC64v8n1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;KQA98xICAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEApk+E8uAAAAAKAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" strokeweight=".5pt">
+                    <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:405pt;margin-top:9pt;width:85.05pt;height:113.4pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQApAD3zEgIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjuDYERp+jSZRjQ&#10;XYBuHyDLsi1MFjVKiZ19/Sg5TYNuexnmB0E0qUPy8HB1Ow2G7RV6DbbixSLnTFkJjbZdxb993b5Z&#10;cuaDsI0wYFXFD8rz2/XrV6vRleoCejCNQkYg1pejq3gfgiuzzMteDcIvwClLzhZwEIFM7LIGxUjo&#10;g8ku8vwmGwEbhyCV9/T3fnbydcJvWyXD57b1KjBTcaotpBPTWcczW69E2aFwvZbHMsQ/VDEIbSnp&#10;CepeBMF2qH+DGrRE8NCGhYQhg7bVUqUeqJsif9HNYy+cSr0QOd6daPL/D1Z+2j+6L8jC9BYmGmBq&#10;wrsHkN89s7Dphe3UHSKMvRINJS4iZdnofHl8Gqn2pY8g9fgRGhqy2AVIQFOLQ2SF+mSETgM4nEhX&#10;U2AypsyXeXF5zZkkX3F1lRfLNJZMlE/PHfrwXsHA4qXiSFNN8GL/4EMsR5RPITGbB6ObrTYmGdjV&#10;G4NsL0gB2/SlDl6EGcvGit9cXuczA3+FyNP3J4hBB5Ky0UPFl6cgUUbe3tkmCS0IbeY7lWzskcjI&#10;3cximOqJAiOhNTQHohRhliytGF16wJ+cjSTXivsfO4GKM/PBxrHElKTv2SBKycBzT33uEVYSVMUD&#10;Z/N1E+ad2DnUXU+ZZiFYuKNRtjqR/FzVsW6SZOL+uD5R8+d2inpe8vUvAAAA//8DAFBLAwQUAAYA&#10;CAAAACEApk+E8uAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KidqgKT&#10;xqkQEpU4IETLpTcnduOAvY5iNw18PcsJTqvRjGbfVJs5eDbZMfURFRQLAcxiG02PnYL3/dONBJay&#10;RqN9RKvgyybY1JcXlS5NPOObnXa5Y1SCqdQKXM5DyXlqnQ06LeJgkbxjHIPOJMeOm1GfqTx4vhTi&#10;lgfdI31werCPzrafu1NQcNdsn7/d9JI+0rB99WI+7F04KHV9NT+sgWU7578w/OITOtTE1MQTmsS8&#10;AlkI2pLJkHQpcC9FAaxRsFytJPC64v8n1D8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;KQA98xICAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEApk+E8uAAAAAKAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" strokeweight=".5pt">
                       <v:textbox inset=".5mm,.3mm,.5mm,.3mm">
                         <w:txbxContent>
-                          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                          <w:p w14:paraId="540DC4CD" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                             <w:pPr>
                               <w:pStyle w:val="a3"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                          <w:p w14:paraId="2F43D9A5" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                             <w:pPr>
                               <w:pStyle w:val="a3"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                          <w:p w14:paraId="59015B5E" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                             <w:pPr>
                               <w:pStyle w:val="a3"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>写真</w:t>
                             </w:r>
                             <w:r w:rsidR="00B83E4A">
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>(</w:t>
                             </w:r>
                             <w:r w:rsidR="00B83E4A">
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>自由添付</w:t>
                             </w:r>
                             <w:r w:rsidR="00B83E4A">
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                          <w:p w14:paraId="241B097B" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                             <w:pPr>
                               <w:pStyle w:val="a3"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                          <w:p w14:paraId="3C476F7A" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                             <w:pPr>
                               <w:pStyle w:val="a3"/>
                               <w:ind w:firstLineChars="100" w:firstLine="132"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t xml:space="preserve">1. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>縦</w:t>
@@ -510,150 +510,150 @@
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 36</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>～</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>40 mm</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                          <w:p w14:paraId="1B8C7337" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                             <w:pPr>
                               <w:pStyle w:val="a3"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t xml:space="preserve">　　横</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> 24</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>～</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>30 mm</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                          <w:p w14:paraId="762CBAED" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                             <w:pPr>
                               <w:pStyle w:val="a3"/>
                               <w:ind w:firstLineChars="100" w:firstLine="132"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t xml:space="preserve">2. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>本人単身胸から上</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                          <w:p w14:paraId="2D0C0DE9" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                             <w:pPr>
                               <w:pStyle w:val="a3"/>
                               <w:ind w:firstLineChars="100" w:firstLine="132"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t xml:space="preserve">3. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>裏面にのりづけ</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+                          <w:p w14:paraId="427E6834" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
                             <w:pPr>
                               <w:pStyle w:val="a3"/>
                               <w:ind w:firstLineChars="100" w:firstLine="132"/>
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t xml:space="preserve">4. </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:hint="eastAsia"/>
                                 <w:snapToGrid w:val="0"/>
                                 <w:spacing w:val="-14"/>
                               </w:rPr>
                               <w:t>裏面に氏名記入</w:t>
@@ -661,197 +661,197 @@
                           </w:p>
                         </w:txbxContent>
                       </v:textbox>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="009350AE" w:rsidRPr="009350AE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>エントリーシート</w:t>
             </w:r>
             <w:r w:rsidR="004619F5">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
               <w:t>（ES）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C51E09">
+      <w:tr w:rsidR="00C51E09" w14:paraId="67B06901" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2159" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="325"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7840" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09" w:rsidP="00414A84">
+          <w:p w14:paraId="5AF442B8" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09" w:rsidP="00414A84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>ふりがな</w:t>
             </w:r>
             <w:r w:rsidR="00E01AA7">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　　　　　</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C51E09">
+      <w:tr w:rsidR="00C51E09" w14:paraId="6952AB4D" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2159" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7840" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="75B9353C" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>氏　　名</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="5D3C31E3" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C51E09">
+      <w:tr w:rsidR="00C51E09" w14:paraId="407E8B61" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2159" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="497"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="2382A103" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>生年月日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5371" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="001C3D4E" w:rsidP="00F62BBE">
+          <w:p w14:paraId="6567A31D" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="001C3D4E" w:rsidP="00F62BBE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>西暦</w:t>
             </w:r>
             <w:r w:rsidR="00F62BBE">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　</w:t>
             </w:r>
             <w:r w:rsidR="00E01AA7">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
@@ -895,1093 +895,1600 @@
             <w:r w:rsidR="00414A84">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　</w:t>
             </w:r>
             <w:r w:rsidR="00E01AA7" w:rsidRPr="00E01AA7">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>歳）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1619" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09" w:rsidP="00414A84">
+          <w:p w14:paraId="53E9841F" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09" w:rsidP="00414A84">
             <w:pPr>
               <w:ind w:firstLineChars="200" w:firstLine="320"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">男　・　</w:t>
             </w:r>
             <w:r w:rsidR="00414A84">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>女</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C51E09">
+      <w:tr w:rsidR="00C51E09" w14:paraId="660C49C2" w14:textId="77777777">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="2159" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1177" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="51B5D437" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>携帯電話番号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1977" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="479B22DD" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="732" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="25954CCE" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>E-MAIL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3954" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="009350AE">
+          <w:p w14:paraId="6BB0507A" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="009350AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">　　　　　　　　　　＠</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C51E09" w:rsidTr="004619F5">
+      <w:tr w:rsidR="00C51E09" w14:paraId="71284F70" w14:textId="77777777" w:rsidTr="004619F5">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="180"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7840" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="009350AE" w:rsidP="00414A84">
+          <w:p w14:paraId="007697FC" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="009350AE" w:rsidP="00414A84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>住所　〒</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004619F5" w:rsidRDefault="004619F5" w:rsidP="00414A84">
+          <w:p w14:paraId="60B13F5D" w14:textId="77777777" w:rsidR="004619F5" w:rsidRDefault="004619F5" w:rsidP="00414A84">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2159" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="0AD8C20F" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>電話（　　　　　　）</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="38996E46" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>―</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009350AE" w:rsidRDefault="009350AE">
+    <w:p w14:paraId="327C7DFD" w14:textId="77777777" w:rsidR="009350AE" w:rsidRDefault="009350AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1092"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="8199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C51E09" w:rsidTr="004619F5">
+      <w:tr w:rsidR="00C51E09" w14:paraId="7937CE1C" w14:textId="77777777" w:rsidTr="00BA3771">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00B83E4A" w:rsidRDefault="001C3D4E">
+          <w:p w14:paraId="6CFA27F4" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRPr="00B83E4A" w:rsidRDefault="001C3D4E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B83E4A">
               <w:rPr>
                 <w:rFonts w:ascii="ＭＳ 明朝" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>西暦</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00B83E4A" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="53DB9BB3" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRPr="00B83E4A" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B83E4A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="2AF0F6C6" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B83E4A">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>学歴･職歴</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C51E09" w:rsidTr="004619F5">
+      <w:tr w:rsidR="00C51E09" w14:paraId="596FADA6" w14:textId="77777777" w:rsidTr="00BA3771">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="6CEB139C" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="115C493A" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09" w:rsidP="00B654E8">
+          <w:p w14:paraId="1C71EBCC" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09" w:rsidP="00B654E8">
             <w:pPr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E01AA7" w:rsidTr="004619F5">
+      <w:tr w:rsidR="00E01AA7" w14:paraId="1F77D2CF" w14:textId="77777777" w:rsidTr="00BA3771">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E01AA7" w:rsidRDefault="00E01AA7"/>
+          <w:p w14:paraId="2C65B084" w14:textId="77777777" w:rsidR="00E01AA7" w:rsidRDefault="00E01AA7"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E01AA7" w:rsidRPr="00590761" w:rsidRDefault="00E01AA7">
+          <w:p w14:paraId="5431916B" w14:textId="77777777" w:rsidR="00E01AA7" w:rsidRPr="00590761" w:rsidRDefault="00E01AA7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E01AA7" w:rsidRPr="00590761" w:rsidRDefault="00E01AA7">
+          <w:p w14:paraId="0CA48B11" w14:textId="77777777" w:rsidR="00E01AA7" w:rsidRPr="00590761" w:rsidRDefault="00E01AA7">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C51E09" w:rsidTr="004619F5">
+      <w:tr w:rsidR="00C51E09" w14:paraId="462E744C" w14:textId="77777777" w:rsidTr="00BA3771">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="52DF1B8D" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="5430CD95" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="6F4BB367" w14:textId="77777777" w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C51E09" w:rsidTr="004619F5">
+      <w:tr w:rsidR="00BA3771" w14:paraId="5BE8CAE2" w14:textId="77777777" w:rsidTr="00BA3771">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="7F306770" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRDefault="00BA3771">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="7EFD401A" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="54910E92" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771" w:rsidP="00590761">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C51E09" w:rsidTr="004619F5">
+      <w:tr w:rsidR="00BA3771" w14:paraId="67CE0FDE" w14:textId="77777777" w:rsidTr="00BA3771">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1092" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="0CBC23C2" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRDefault="00BA3771">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="28B49348" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8199" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00590761" w:rsidRDefault="00C51E09" w:rsidP="00590761">
+          <w:p w14:paraId="328307C6" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771" w:rsidP="00590761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA3771" w14:paraId="6BE52A19" w14:textId="77777777" w:rsidTr="00BA3771">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1092" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6743A8CA" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRDefault="00BA3771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29AF31DD" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8199" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4118B504" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771" w:rsidP="00590761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA3771" w14:paraId="7C789686" w14:textId="77777777" w:rsidTr="00BA3771">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1092" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="518D0481" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRDefault="00BA3771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F2B9C8" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8199" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FCDFD3A" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771" w:rsidP="00590761">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA3771" w14:paraId="75325B65" w14:textId="77777777" w:rsidTr="00BA3771">
+        <w:tblPrEx>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1092" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39338792" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRDefault="00BA3771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E4AD4E" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8199" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D944D4" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRPr="00590761" w:rsidRDefault="00BA3771" w:rsidP="00590761">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B83E4A" w:rsidRDefault="00B83E4A" w:rsidP="00DF6407">
+    <w:p w14:paraId="27E91E7D" w14:textId="77777777" w:rsidR="00B83E4A" w:rsidRDefault="00B83E4A" w:rsidP="00DF6407">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:ind w:left="1400" w:hangingChars="700" w:hanging="1400"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B83E4A" w:rsidRDefault="00DF6407" w:rsidP="00DF6407">
+    <w:p w14:paraId="3543715C" w14:textId="6A681857" w:rsidR="00B83E4A" w:rsidRDefault="008D366F" w:rsidP="00DF6407">
       <w:pPr>
         <w:pStyle w:val="2"/>
-        <w:ind w:left="1400" w:hangingChars="700" w:hanging="1400"/>
+        <w:ind w:left="1120" w:hangingChars="700" w:hanging="1120"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B83E4A">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08E39186" wp14:editId="367AA376">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>right</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1352550</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3604895" cy="481330"/>
+                <wp:effectExtent l="0" t="0" r="14605" b="13970"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1175961613" name="Text Box 5"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3604895" cy="481330"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4572F75F" w14:textId="77777777" w:rsidR="00CC7D39" w:rsidRPr="004034B3" w:rsidRDefault="00701300" w:rsidP="00CC7D39">
+                            <w:pPr>
+                              <w:pStyle w:val="2"/>
+                              <w:ind w:left="1004" w:hangingChars="500" w:hanging="1004"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>配偶者　　　　　　　　　　配偶者の扶養義務</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6688DD7D" w14:textId="77777777" w:rsidR="00CC7D39" w:rsidRPr="00CC7D39" w:rsidRDefault="00CC7D39" w:rsidP="00CC7D39">
+                            <w:pPr>
+                              <w:pStyle w:val="2"/>
+                              <w:ind w:left="800" w:hangingChars="500" w:hanging="800"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">　　　　</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00701300" w:rsidRPr="00701300">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">有　・　無　　　　　　</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00701300">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">　　</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00701300" w:rsidRPr="00701300">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>有　・　無</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="74295" tIns="8890" rIns="74295" bIns="8890" anchor="t" anchorCtr="0" upright="1">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="08E39186" id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:232.65pt;margin-top:106.5pt;width:283.85pt;height:37.9pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF/5oZGQIAADAEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q942dw6ZeK85qm22q&#10;StuDtO0DYIxtVMxQILG3T78DdrLRtr2pygViGPiZ+WbY3AydIkdhnQRd0PkspURoDpXUTUG/f9u/&#10;yShxnumKKdCioI/C0Zvt61eb3uRiAS2oSliCItrlvSlo673Jk8TxVnTMzcAIjc4abMc8mrZJKst6&#10;VO9UskjTddKDrYwFLpzD3bvRSbdRv64F91/q2glPVEExNh9nG+cyzMl2w/LGMtNKPoXB/iGKjkmN&#10;j56l7phn5GDlb1Kd5BYc1H7GoUugriUXMQfMZp6+yOahZUbEXBCOM2dM7v/J8s/HB/PVEj+8gwEL&#10;GJNw5h74D0c07FqmG3FrLfStYBU+PA/Ikt64fLoaULvcBZGy/wQVFpkdPEShobZdoIJ5ElTHAjye&#10;oYvBE46by3W6yq6vKOHoW2Xz5TJWJWH56baxzn8Q0JGwKKjFokZ1drx3PkTD8tOR8JgDJau9VCoa&#10;til3ypIjwwbYxxETeHFMadIXdL28SkcAf5VI4/iTRCc9drKSXUGz8yGWB2zvdRX7zDOpxjWGrPTE&#10;MaAbIfqhHIisJsgBawnVI4K1MDYufjRctGB/UdJj0xbU/TwwKyhRHzUW5+1qEUj6aGTZNQK3l47y&#10;wsE0R6GCekrG5c6P/+JgrGxafOfUDLdYzr2MpJ9jmoLHtowFmL5Q6PtLO556/ujbJwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAKeobOneAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj81Ow0AMhO9IvMPK&#10;SNzoJkW0UcimKn9CcIK2cHaybhKR9UbZbRveHnOCm+0Zjb8pVpPr1ZHG0Hk2kM4SUMS1tx03Bnbb&#10;p6sMVIjIFnvPZOCbAqzK87MCc+tP/E7HTWyUhHDI0UAb45BrHeqWHIaZH4hF2/vRYZR1bLQd8STh&#10;rtfzJFlohx3LhxYHum+p/tocnAF9t00f3z6Cp3H3/PL5UOG63r8ac3kxrW9BRZrinxl+8QUdSmGq&#10;/IFtUL0BKRINzNNrGUS+WSyXoCq5ZFkGuiz0/wLlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCF/5oZGQIAADAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCnqGzp3gAAAAgBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokeweight=".5pt">
+                <v:textbox style="mso-fit-shape-to-text:t" inset="5.85pt,.7pt,5.85pt,.7pt">
+                  <w:txbxContent>
+                    <w:p w14:paraId="4572F75F" w14:textId="77777777" w:rsidR="00CC7D39" w:rsidRPr="004034B3" w:rsidRDefault="00701300" w:rsidP="00CC7D39">
+                      <w:pPr>
+                        <w:pStyle w:val="2"/>
+                        <w:ind w:left="1004" w:hangingChars="500" w:hanging="1004"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>配偶者　　　　　　　　　　配偶者の扶養義務</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6688DD7D" w14:textId="77777777" w:rsidR="00CC7D39" w:rsidRPr="00CC7D39" w:rsidRDefault="00CC7D39" w:rsidP="00CC7D39">
+                      <w:pPr>
+                        <w:pStyle w:val="2"/>
+                        <w:ind w:left="800" w:hangingChars="500" w:hanging="800"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">　　　　</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00701300" w:rsidRPr="00701300">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">有　・　無　　　　　　</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00701300">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">　　</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00701300" w:rsidRPr="00701300">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>有　・　無</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C09392E" wp14:editId="04251636">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>1352550</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2660650" cy="481330"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="13970"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="127629778" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2660860" cy="481330"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="23302649" w14:textId="77777777" w:rsidR="004034B3" w:rsidRPr="004034B3" w:rsidRDefault="004034B3" w:rsidP="00B83E4A">
+                            <w:pPr>
+                              <w:pStyle w:val="2"/>
+                              <w:ind w:left="1004" w:hangingChars="500" w:hanging="1004"/>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004034B3">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t>通勤時間</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="09399571" w14:textId="77777777" w:rsidR="004034B3" w:rsidRPr="00CC7D39" w:rsidRDefault="00CC7D39">
+                            <w:pPr>
+                              <w:pStyle w:val="2"/>
+                              <w:ind w:left="800" w:hangingChars="500" w:hanging="800"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">　　　　　　</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CC7D39">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">約　　　　時間　　</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">　</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CC7D39">
+                              <w:rPr>
+                                <w:rFonts w:hint="eastAsia"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="32"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">　分</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="74295" tIns="8890" rIns="74295" bIns="8890" anchor="t" anchorCtr="0" upright="1">
+                        <a:spAutoFit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7C09392E" id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:106.5pt;width:209.5pt;height:37.9pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCe5oBzGgIAADAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJ2iw14hRdugwD&#10;ugvQ7QMUWY6FyaJGKbGzry8lJ2nQbS/D9CBQInVIHh4tbvvWsL1Cr8GWfDzKOVNWQqXttuTfv63f&#10;zDnzQdhKGLCq5Afl+e3y9atF5wo1gQZMpZARiPVF50rehOCKLPOyUa3wI3DKkrMGbEWgI26zCkVH&#10;6K3JJnk+yzrAyiFI5T3d3g9Ovkz4da1k+FLXXgVmSk61hbRj2jdxz5YLUWxRuEbLYxniH6pohbaU&#10;9Ax1L4JgO9S/QbVaIniow0hCm0Fda6lSD9TNOH/RzWMjnEq9EDnenWny/w9Wft4/uq/IQv8Oehpg&#10;asK7B5A/PLOwaoTdqjtE6BolKko8jpRlnfPF8Wmk2hc+gmy6T1DRkMUuQALqa2wjK9QnI3QawOFM&#10;uuoDk3Q5mc3y+YxcknxX8/F0mqaSieL02qEPHxS0LBolRxpqQhf7Bx9iNaI4hcRkHoyu1tqYdMDt&#10;ZmWQ7QUJYJ1WauBFmLGsK/lsep0PBPwVIk/rTxCtDqRko9uSz89Booi0vbdV0lkQ2gw2lWzskcdI&#10;3UBi6Dc90xVxEhNEWjdQHYhYhEG49NHIaAB/cdaRaEvuf+4EKs7MR0vDeXs1ubkmlafDfH5DrOKl&#10;Y3PhEFYSUMkDZ4O5CsO/2DnU24bynMRwR+Nc68T0c03H4kmWaQDHLxR1f3lOUc8fffkEAAD//wMA&#10;UEsDBBQABgAIAAAAIQAmDx1p3QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsNADITvSLzD&#10;ykjc6CYFoZBmU5U/IThBW3p2sm4SkfVG2W0b3h5zgtvYY42/KZaT69WRxtB5NpDOElDEtbcdNwa2&#10;m+erDFSIyBZ7z2TgmwIsy/OzAnPrT/xBx3VslIRwyNFAG+OQax3qlhyGmR+Ixdv70WGUcWy0HfEk&#10;4a7X8yS51Q47lg8tDvTQUv21PjgD+n6TPr1/Bk/j9uV191jhqt6/GXN5Ma0WoCJN8e8YfvEFHUph&#10;qvyBbVC9ASkSDczTaxFi36R3IirZZFkGuiz0/wLlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCe5oBzGgIAADAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAmDx1p3QAAAAgBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokeweight=".5pt">
+                <v:textbox style="mso-fit-shape-to-text:t" inset="5.85pt,.7pt,5.85pt,.7pt">
+                  <w:txbxContent>
+                    <w:p w14:paraId="23302649" w14:textId="77777777" w:rsidR="004034B3" w:rsidRPr="004034B3" w:rsidRDefault="004034B3" w:rsidP="00B83E4A">
+                      <w:pPr>
+                        <w:pStyle w:val="2"/>
+                        <w:ind w:left="1004" w:hangingChars="500" w:hanging="1004"/>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004034B3">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t>通勤時間</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="09399571" w14:textId="77777777" w:rsidR="004034B3" w:rsidRPr="00CC7D39" w:rsidRDefault="00CC7D39">
+                      <w:pPr>
+                        <w:pStyle w:val="2"/>
+                        <w:ind w:left="800" w:hangingChars="500" w:hanging="800"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">　　　　　　</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CC7D39">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">約　　　　時間　　</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">　</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CC7D39">
+                        <w:rPr>
+                          <w:rFonts w:hint="eastAsia"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="32"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">　分</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00701300">
+        <w:rPr>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hAnsi="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>免許</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6407" w:rsidRPr="00B83E4A">
+        <w:rPr>
+          <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hAnsi="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="thick"/>
+        </w:rPr>
+        <w:t>・</w:t>
+      </w:r>
+      <w:r w:rsidR="00701300">
         <w:rPr>
           <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hAnsi="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t>資格・スキル</w:t>
       </w:r>
       <w:r w:rsidR="00FD6734">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
-        <w:t xml:space="preserve">　　　　　　</w:t>
+        <w:t xml:space="preserve">　　　　</w:t>
       </w:r>
       <w:r w:rsidR="00FD6734">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="00FD6734" w:rsidRPr="00B83E4A">
         <w:rPr>
           <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hAnsi="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t>特技・趣味</w:t>
       </w:r>
       <w:r w:rsidR="00FD6734">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="20"/>
           <w:u w:val="thick"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4985"/>
         <w:gridCol w:w="4983"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B83E4A" w:rsidTr="005E4FC5">
+      <w:tr w:rsidR="00B83E4A" w14:paraId="7B2F4928" w14:textId="77777777" w:rsidTr="005E4FC5">
         <w:trPr>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B83E4A" w:rsidRDefault="00DC4838" w:rsidP="00DF6407">
+          <w:p w14:paraId="7760A8FD" w14:textId="77777777" w:rsidR="00B83E4A" w:rsidRDefault="00DC4838" w:rsidP="00DF6407">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
               <w:t>エクセル：</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B83E4A" w:rsidRDefault="00B83E4A" w:rsidP="00DF6407">
+          <w:p w14:paraId="523FF88E" w14:textId="77777777" w:rsidR="00B83E4A" w:rsidRDefault="00B83E4A" w:rsidP="00DF6407">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B83E4A" w:rsidTr="005E4FC5">
-[...30 lines deleted...]
-      <w:tr w:rsidR="00B83E4A" w:rsidTr="005E4FC5">
+      <w:tr w:rsidR="00B83E4A" w14:paraId="48674D4F" w14:textId="77777777" w:rsidTr="005E4FC5">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B83E4A" w:rsidRDefault="00B83E4A" w:rsidP="00DF6407">
+          <w:p w14:paraId="6016811C" w14:textId="77777777" w:rsidR="00B83E4A" w:rsidRDefault="00B83E4A" w:rsidP="00DF6407">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5004" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B83E4A" w:rsidRDefault="00B83E4A" w:rsidP="00DF6407">
+          <w:p w14:paraId="5A63F97E" w14:textId="77777777" w:rsidR="00B83E4A" w:rsidRDefault="00B83E4A" w:rsidP="00DF6407">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA3771" w14:paraId="3ABED454" w14:textId="77777777" w:rsidTr="005E4FC5">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0DB72D" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRDefault="00BA3771" w:rsidP="00DF6407">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F390D45" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRDefault="00BA3771" w:rsidP="00DF6407">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA3771" w14:paraId="1702D2BD" w14:textId="77777777" w:rsidTr="005E4FC5">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E46033" w14:textId="2ECA9D68" w:rsidR="00BA3771" w:rsidRDefault="00BA3771" w:rsidP="00DF6407">
+            <w:pPr>
+              <w:pStyle w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="654B5B84" w14:textId="77777777" w:rsidR="00BA3771" w:rsidRDefault="00BA3771" w:rsidP="00DF6407">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004619F5" w:rsidRPr="00B83E4A" w:rsidRDefault="004619F5" w:rsidP="00B83E4A">
-[...7 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="320"/>
-        <w:tblW w:w="10033" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1231"/>
+        <w:tblW w:w="9957" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10033"/>
+        <w:gridCol w:w="9957"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C51E09" w:rsidTr="006F763E">
+      <w:tr w:rsidR="008D366F" w14:paraId="3A0DC017" w14:textId="77777777" w:rsidTr="008D366F">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="120"/>
+          <w:trHeight w:val="118"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10033" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C51E09" w:rsidRPr="00B83E4A" w:rsidRDefault="00386A02">
+            <w:tcW w:w="9957" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C0730B" w14:textId="77777777" w:rsidR="008D366F" w:rsidRPr="00B83E4A" w:rsidRDefault="008D366F" w:rsidP="008D366F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hAnsi="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B83E4A">
               <w:rPr>
                 <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hAnsi="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>自己ＰＲ</w:t>
             </w:r>
-            <w:r w:rsidR="00DC4838">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="HGP創英角ｺﾞｼｯｸUB" w:eastAsia="HGP創英角ｺﾞｼｯｸUB" w:hAnsi="HGP創英角ｺﾞｼｯｸUB" w:hint="eastAsia"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>（エピソード等を</w:t>
+              <w:t>（エピソード等を含め具体的に）</w:t>
             </w:r>
-            <w:r w:rsidR="00CF3EC5">
-[...8 lines deleted...]
-          <w:p w:rsidR="00C51E09" w:rsidRPr="001C3D4E" w:rsidRDefault="00C51E09">
+          </w:p>
+          <w:p w14:paraId="730A61A8" w14:textId="77777777" w:rsidR="008D366F" w:rsidRPr="001C3D4E" w:rsidRDefault="008D366F" w:rsidP="008D366F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C51E09" w:rsidRPr="001C3D4E" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="70516EBA" w14:textId="77777777" w:rsidR="008D366F" w:rsidRPr="001C3D4E" w:rsidRDefault="008D366F" w:rsidP="008D366F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="7F11C9C8" w14:textId="77777777" w:rsidR="008D366F" w:rsidRDefault="008D366F" w:rsidP="008D366F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004619F5" w:rsidRDefault="004619F5">
+          <w:p w14:paraId="6876F35E" w14:textId="77777777" w:rsidR="008D366F" w:rsidRDefault="008D366F" w:rsidP="008D366F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004619F5" w:rsidRDefault="004619F5">
+          <w:p w14:paraId="366344C6" w14:textId="77777777" w:rsidR="008D366F" w:rsidRDefault="008D366F" w:rsidP="008D366F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C33ECC" w:rsidRDefault="00C33ECC">
+          <w:p w14:paraId="195241CA" w14:textId="77777777" w:rsidR="008D366F" w:rsidRDefault="008D366F" w:rsidP="008D366F">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C33ECC" w:rsidRPr="001C3D4E" w:rsidRDefault="00C33ECC">
-[...2 lines deleted...]
-                <w:rFonts w:hint="eastAsia"/>
+          <w:p w14:paraId="03B29E68" w14:textId="77777777" w:rsidR="008D366F" w:rsidRDefault="008D366F" w:rsidP="008D366F">
+            <w:pPr>
+              <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+          <w:p w14:paraId="76739BD9" w14:textId="77777777" w:rsidR="008D366F" w:rsidRPr="001C3D4E" w:rsidRDefault="008D366F" w:rsidP="008D366F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C2ECA25" w14:textId="77777777" w:rsidR="008D366F" w:rsidRDefault="008D366F" w:rsidP="008D366F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C51E09" w:rsidRDefault="00C51E09">
+    <w:p w14:paraId="625B52D5" w14:textId="6864812D" w:rsidR="00BA3771" w:rsidRPr="00B83E4A" w:rsidRDefault="00BA3771" w:rsidP="00701300">
       <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:snapToGrid w:val="0"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...95 lines deleted...]
-    <w:p w:rsidR="00C51E09" w:rsidRPr="00FD6734" w:rsidRDefault="00FD6734" w:rsidP="00FD6734">
+    <w:p w14:paraId="07197ABE" w14:textId="166D8681" w:rsidR="00C51E09" w:rsidRPr="00FD6734" w:rsidRDefault="00FD6734" w:rsidP="008D366F">
       <w:pPr>
-        <w:wordWrap w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FD6734">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>正和商事株式会社</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C51E09" w:rsidRPr="00FD6734" w:rsidSect="00AC0337">
+    <w:sectPr w:rsidR="00C51E09" w:rsidRPr="00FD6734" w:rsidSect="00174F1B">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="964" w:right="851" w:bottom="851" w:left="1077" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="964" w:right="851" w:bottom="709" w:left="1077" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00887201" w:rsidRDefault="00887201">
+    <w:p w14:paraId="032B1E34" w14:textId="77777777" w:rsidR="00587669" w:rsidRDefault="00587669">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00887201" w:rsidRDefault="00887201">
+    <w:p w14:paraId="2E5E518D" w14:textId="77777777" w:rsidR="00587669" w:rsidRDefault="00587669">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
@@ -2004,223 +2511,231 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00887201" w:rsidRDefault="00887201">
+    <w:p w14:paraId="7623611A" w14:textId="77777777" w:rsidR="00587669" w:rsidRDefault="00587669">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00887201" w:rsidRDefault="00887201">
+    <w:p w14:paraId="2DDF77C4" w14:textId="77777777" w:rsidR="00587669" w:rsidRDefault="00587669">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00637618"/>
     <w:rsid w:val="0000167A"/>
     <w:rsid w:val="00010079"/>
     <w:rsid w:val="0003575B"/>
     <w:rsid w:val="00095999"/>
     <w:rsid w:val="000A285C"/>
     <w:rsid w:val="000E0D6D"/>
+    <w:rsid w:val="00174F1B"/>
     <w:rsid w:val="00185412"/>
     <w:rsid w:val="001A4C6D"/>
     <w:rsid w:val="001A704F"/>
     <w:rsid w:val="001C1676"/>
     <w:rsid w:val="001C3D4E"/>
     <w:rsid w:val="001E66C2"/>
     <w:rsid w:val="00210FCB"/>
     <w:rsid w:val="002309A7"/>
     <w:rsid w:val="00234E36"/>
     <w:rsid w:val="00290B52"/>
     <w:rsid w:val="002E2B3D"/>
     <w:rsid w:val="00312CF1"/>
     <w:rsid w:val="00315784"/>
     <w:rsid w:val="00386A02"/>
     <w:rsid w:val="003A121B"/>
     <w:rsid w:val="003D2867"/>
+    <w:rsid w:val="004034B3"/>
     <w:rsid w:val="00414A84"/>
     <w:rsid w:val="004619F5"/>
     <w:rsid w:val="00470C04"/>
     <w:rsid w:val="00477EE6"/>
     <w:rsid w:val="00485FC7"/>
-    <w:rsid w:val="004F3924"/>
     <w:rsid w:val="0058061F"/>
+    <w:rsid w:val="00587669"/>
     <w:rsid w:val="00590761"/>
     <w:rsid w:val="005D49E3"/>
     <w:rsid w:val="005E4FC5"/>
     <w:rsid w:val="005F35F9"/>
     <w:rsid w:val="00623066"/>
     <w:rsid w:val="00637618"/>
     <w:rsid w:val="006D0B2C"/>
     <w:rsid w:val="006D4962"/>
     <w:rsid w:val="006D5901"/>
     <w:rsid w:val="006E614A"/>
     <w:rsid w:val="006F6953"/>
     <w:rsid w:val="006F763E"/>
+    <w:rsid w:val="00701300"/>
     <w:rsid w:val="00725696"/>
     <w:rsid w:val="007373A1"/>
     <w:rsid w:val="0076340E"/>
     <w:rsid w:val="007B2D2F"/>
     <w:rsid w:val="007D4BBB"/>
     <w:rsid w:val="008104A2"/>
     <w:rsid w:val="008408A6"/>
-    <w:rsid w:val="00887201"/>
+    <w:rsid w:val="008D366F"/>
     <w:rsid w:val="008F5AAD"/>
     <w:rsid w:val="009350AE"/>
     <w:rsid w:val="0098463C"/>
     <w:rsid w:val="009B7657"/>
+    <w:rsid w:val="009D7DF8"/>
     <w:rsid w:val="009F3A14"/>
     <w:rsid w:val="00A06662"/>
     <w:rsid w:val="00A73D94"/>
+    <w:rsid w:val="00A861F4"/>
     <w:rsid w:val="00A92D40"/>
     <w:rsid w:val="00AC0337"/>
     <w:rsid w:val="00B654E8"/>
     <w:rsid w:val="00B80225"/>
     <w:rsid w:val="00B83E4A"/>
     <w:rsid w:val="00B9781C"/>
+    <w:rsid w:val="00BA3771"/>
     <w:rsid w:val="00BA7CAF"/>
     <w:rsid w:val="00C06999"/>
     <w:rsid w:val="00C16B45"/>
     <w:rsid w:val="00C33ECC"/>
     <w:rsid w:val="00C348D4"/>
     <w:rsid w:val="00C51E09"/>
     <w:rsid w:val="00C932F1"/>
     <w:rsid w:val="00CB5542"/>
+    <w:rsid w:val="00CC7D39"/>
     <w:rsid w:val="00CD301F"/>
     <w:rsid w:val="00CE629C"/>
     <w:rsid w:val="00CF3EC5"/>
     <w:rsid w:val="00D30592"/>
     <w:rsid w:val="00D51AE5"/>
     <w:rsid w:val="00D70158"/>
     <w:rsid w:val="00DC4838"/>
     <w:rsid w:val="00DF6407"/>
     <w:rsid w:val="00E01AA7"/>
     <w:rsid w:val="00E15240"/>
     <w:rsid w:val="00E15E76"/>
     <w:rsid w:val="00EB7F9F"/>
     <w:rsid w:val="00F13279"/>
     <w:rsid w:val="00F60EB5"/>
     <w:rsid w:val="00F62BBE"/>
     <w:rsid w:val="00FD6734"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="54E6A7F9"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2658,50 +3173,51 @@
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="Body Text 2"/>
     <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0058061F"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00C932F1"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2744,50 +3260,60 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="double" w:sz="2" w:space="0" w:color="666666"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="本文 2 (文字)"/>
+    <w:link w:val="2"/>
+    <w:rsid w:val="00CC7D39"/>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1394740521">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1652632980">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -3100,70 +3626,70 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4009EB6-F1DD-4A48-876E-318E871F36FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>42</Words>
-  <Characters>240</Characters>
+  <Words>41</Words>
+  <Characters>236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>281</CharactersWithSpaces>
+  <CharactersWithSpaces>276</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>